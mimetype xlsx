--- v0 (2026-01-18)
+++ v1 (2026-01-18)
@@ -20,51 +20,51 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="sheet1" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10883" uniqueCount="4072">
   <si>
     <t>Directorio de Funcionarios</t>
   </si>
   <si>
-    <t>Fecha de Corte 17-Jan-2026</t>
+    <t>Fecha de Corte 18-Jan-2026</t>
   </si>
   <si>
     <t>FUNCIONARIOS</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>C-CAR</t>
   </si>
   <si>
     <t>CARGO</t>
   </si>
   <si>
     <t>C-DEP</t>
   </si>
   <si>
     <t>DEPENDENCIA</t>
   </si>
   <si>
     <t>ZONA</t>
   </si>
   <si>
     <t>EXT</t>
   </si>